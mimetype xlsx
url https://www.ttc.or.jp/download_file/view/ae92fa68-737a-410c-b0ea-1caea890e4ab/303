--- v0 (2025-10-06)
+++ v1 (2025-11-16)
@@ -6,60 +6,60 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ttcjp-my.sharepoint.com/personal/junko_i_s_ttc_or_jp/Documents/デスクトップ/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\飯田　晃実\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="2" documentId="8_{4B422B0E-1BFE-4C99-9689-769C29A0BA4A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{7B22BB66-F6A4-47DD-8D1F-FC86BA69A489}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0BA1D852-A36B-4B91-9E8D-69AACB7E4F18}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="384" yWindow="348" windowWidth="22428" windowHeight="13224" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="登録申請様式" sheetId="1" r:id="rId1"/>
     <sheet name="記入要領" sheetId="9" r:id="rId2"/>
     <sheet name="委員会一覧" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -83,51 +83,51 @@
   <c r="D8" i="1"/>
   <c r="D7" i="1"/>
   <c r="D6" i="1"/>
   <c r="D5" i="1"/>
   <c r="D8" i="9" l="1"/>
   <c r="D24" i="9"/>
   <c r="D23" i="9"/>
   <c r="D22" i="9"/>
   <c r="D21" i="9"/>
   <c r="D20" i="9"/>
   <c r="D19" i="9"/>
   <c r="D18" i="9"/>
   <c r="D17" i="9"/>
   <c r="D16" i="9"/>
   <c r="D15" i="9"/>
   <c r="D14" i="9"/>
   <c r="D13" i="9"/>
   <c r="D12" i="9"/>
   <c r="D11" i="9"/>
   <c r="D10" i="9"/>
   <c r="D9" i="9"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="110">
   <si>
     <t>委員会コード</t>
   </si>
   <si>
     <t>会職</t>
   </si>
   <si>
     <t>姓</t>
   </si>
   <si>
     <t>名</t>
   </si>
   <si>
     <t>姓カナ</t>
   </si>
   <si>
     <t>名カナ</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>TEL</t>
   </si>
   <si>
@@ -452,53 +452,50 @@
   <si>
     <t>IoTエリアネットワーク専門委員会 サービスプラットフォームSWG</t>
   </si>
   <si>
     <t>IoTエリアネットワーク専門委員会 通信インタフェースSWG</t>
   </si>
   <si>
     <t>番号ポータビリティ方式検討合同アドホック</t>
   </si>
   <si>
     <t>伝送網・電磁環境専門委員会</t>
   </si>
   <si>
     <t>Network Vision専門委員会 NGNアップストリーム SWG</t>
   </si>
   <si>
     <t>伝送網・電磁環境専門委員会　装置機能・管理SWG</t>
   </si>
   <si>
     <t>伝送網・電磁環境専門委員会　多重分離インタフェースと網同期SWG</t>
   </si>
   <si>
     <t>伝送網・電磁環境専門委員会　情報通信装置のEMC・ソフトエラーSWG</t>
   </si>
   <si>
-    <t>国際連携AG TSAG対応タスクフォース</t>
-[...1 lines deleted...]
-  <si>
     <t>マルチメディア応用専門委員会 アクセスビリティSWG</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>マルチメディア応用専門委員会　メディア符号化・通信SWG</t>
     <rPh sb="23" eb="25">
       <t>ツウシン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>マルチメディア応用専門委員会　ILE SWG</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>企業ネットワーク専門委員会 消防指令システムSWG</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>AI活用専門委員会</t>
     <rPh sb="2" eb="4">
       <t>カツヨウ</t>
     </rPh>
     <rPh sb="4" eb="9">
       <t>セン</t>
@@ -532,50 +529,62 @@
     <t>ITU-T FG AN対応検討アドホック</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>IOWN GF専門委員会</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>モバイル専門委員会</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>モバイル専門委員会　3GPP-IM SWG</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>モバイル専門委員会　3GPP-RAN SWG</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>モバイル専門委員会　3GPP-SA SWG</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>モバイル専門委員会　3GPP-CT SWG</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>A113</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>国際連携AG TSAG対応タスクフォース</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>国際連携AG APT WTSA対応タスクフォース</t>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
@@ -709,60 +718,60 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="151">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="7" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="9" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="5" tint="0.79998168889431442"/>
@@ -2332,77 +2341,77 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:O24"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="97" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="C5" sqref="C5"/>
+      <selection activeCell="G9" sqref="G9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.88671875" customWidth="1"/>
     <col min="2" max="2" width="11.21875" customWidth="1"/>
     <col min="3" max="3" width="14.44140625" customWidth="1"/>
     <col min="4" max="4" width="32.33203125" customWidth="1"/>
     <col min="5" max="5" width="11.21875" customWidth="1"/>
     <col min="6" max="7" width="11.88671875" customWidth="1"/>
     <col min="8" max="9" width="14.44140625" customWidth="1"/>
     <col min="10" max="10" width="31.44140625" customWidth="1"/>
     <col min="11" max="11" width="15.109375" customWidth="1"/>
     <col min="12" max="12" width="28.6640625" customWidth="1"/>
     <col min="13" max="13" width="20.21875" customWidth="1"/>
     <col min="14" max="14" width="13.88671875" customWidth="1"/>
     <col min="15" max="15" width="46.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:15" ht="21.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="C2" s="17"/>
-[...1 lines deleted...]
-      <c r="E2" s="17"/>
+      <c r="C2" s="19"/>
+      <c r="D2" s="19"/>
+      <c r="E2" s="19"/>
       <c r="G2" s="4" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>0</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>1</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>4</v>
@@ -2414,469 +2423,469 @@
         <v>65</v>
       </c>
       <c r="K4" s="3" t="s">
         <v>61</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="M4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="N4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="6">
         <v>1</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="1" t="e">
-        <f>VLOOKUP(C5,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C5,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E5" s="1"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
       <c r="O5" s="2"/>
     </row>
     <row r="6" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="6">
         <v>2</v>
       </c>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2" t="e">
-        <f>VLOOKUP(C6,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C6,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="2"/>
       <c r="O6" s="2"/>
     </row>
     <row r="7" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="6">
         <v>3</v>
       </c>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2" t="e">
-        <f>VLOOKUP(C7,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C7,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="2"/>
       <c r="M7" s="2"/>
       <c r="N7" s="2"/>
       <c r="O7" s="2"/>
     </row>
     <row r="8" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="6">
         <v>4</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="e">
-        <f>VLOOKUP(C8,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C8,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
       <c r="K8" s="2"/>
       <c r="L8" s="2"/>
       <c r="M8" s="2"/>
       <c r="N8" s="2"/>
       <c r="O8" s="2"/>
     </row>
     <row r="9" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="6">
         <v>5</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="e">
-        <f>VLOOKUP(C9,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C9,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
       <c r="J9" s="2"/>
       <c r="K9" s="2"/>
       <c r="L9" s="2"/>
       <c r="M9" s="2"/>
       <c r="N9" s="2"/>
       <c r="O9" s="2"/>
     </row>
     <row r="10" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="6">
         <v>6</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="e">
-        <f>VLOOKUP(C10,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C10,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
     </row>
     <row r="11" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="6">
         <v>7</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="e">
-        <f>VLOOKUP(C11,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C11,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
       <c r="J11" s="2"/>
       <c r="K11" s="2"/>
       <c r="L11" s="2"/>
       <c r="M11" s="2"/>
       <c r="N11" s="2"/>
       <c r="O11" s="2"/>
     </row>
     <row r="12" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="6">
         <v>8</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="e">
-        <f>VLOOKUP(C12,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C12,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
       <c r="J12" s="2"/>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
       <c r="M12" s="2"/>
       <c r="N12" s="2"/>
       <c r="O12" s="2"/>
     </row>
     <row r="13" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="6">
         <v>9</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="e">
-        <f>VLOOKUP(C13,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C13,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
       <c r="J13" s="2"/>
       <c r="K13" s="2"/>
       <c r="L13" s="2"/>
       <c r="M13" s="2"/>
       <c r="N13" s="2"/>
       <c r="O13" s="2"/>
     </row>
     <row r="14" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="6">
         <v>10</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="e">
-        <f>VLOOKUP(C14,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C14,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
     </row>
     <row r="15" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="6">
         <v>11</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="e">
-        <f>VLOOKUP(C15,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C15,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
       <c r="J15" s="2"/>
       <c r="K15" s="2"/>
       <c r="L15" s="2"/>
       <c r="M15" s="2"/>
       <c r="N15" s="2"/>
       <c r="O15" s="2"/>
     </row>
     <row r="16" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="6">
         <v>12</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="e">
-        <f>VLOOKUP(C16,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C16,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
     </row>
     <row r="17" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="6">
         <v>13</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="e">
-        <f>VLOOKUP(C17,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C17,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
       <c r="J17" s="2"/>
       <c r="K17" s="2"/>
       <c r="L17" s="2"/>
       <c r="M17" s="2"/>
       <c r="N17" s="2"/>
       <c r="O17" s="2"/>
     </row>
     <row r="18" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="6">
         <v>14</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="e">
-        <f>VLOOKUP(C18,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C18,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
       <c r="K18" s="2"/>
       <c r="L18" s="2"/>
       <c r="M18" s="2"/>
       <c r="N18" s="2"/>
       <c r="O18" s="2"/>
     </row>
     <row r="19" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="6">
         <v>15</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="e">
-        <f>VLOOKUP(C19,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C19,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
     </row>
     <row r="20" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="6">
         <v>16</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="e">
-        <f>VLOOKUP(C20,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C20,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
     </row>
     <row r="21" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="6">
         <v>17</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2" t="e">
-        <f>VLOOKUP(C21,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C21,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
       <c r="K21" s="2"/>
       <c r="L21" s="2"/>
       <c r="M21" s="2"/>
       <c r="N21" s="2"/>
       <c r="O21" s="2"/>
     </row>
     <row r="22" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="6">
         <v>18</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="e">
-        <f>VLOOKUP(C22,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C22,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
       <c r="J22" s="2"/>
       <c r="K22" s="2"/>
       <c r="L22" s="2"/>
       <c r="M22" s="2"/>
       <c r="N22" s="2"/>
       <c r="O22" s="2"/>
     </row>
     <row r="23" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="6">
         <v>19</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="e">
-        <f>VLOOKUP(C23,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C23,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
       <c r="J23" s="2"/>
       <c r="K23" s="2"/>
       <c r="L23" s="2"/>
       <c r="M23" s="2"/>
       <c r="N23" s="2"/>
       <c r="O23" s="2"/>
     </row>
     <row r="24" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="6">
         <v>20</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2" t="e">
-        <f>VLOOKUP(C24,委員会一覧!$A$2:$B$59,2,FALSE)</f>
+        <f>VLOOKUP(C24,委員会一覧!$A$2:$B$60,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
       <c r="J24" s="2"/>
       <c r="K24" s="2"/>
       <c r="L24" s="2"/>
       <c r="M24" s="2"/>
       <c r="N24" s="2"/>
       <c r="O24" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <conditionalFormatting sqref="B21">
     <cfRule type="expression" dxfId="150" priority="37">
       <formula>$B$21="所属等変更"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B5:D5 F5:G5">
@@ -3263,95 +3272,95 @@
   <conditionalFormatting sqref="D23">
     <cfRule type="expression" dxfId="64" priority="132">
       <formula>OR($B$23="登録")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D24">
     <cfRule type="expression" dxfId="63" priority="131">
       <formula>OR($B$24="登録")</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B5:B24" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>"登録,削除,所属等変更"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E5:E24" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>"委員,委員長,副委員長,リーダ,サブリーダ"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000002000000}">
           <x14:formula1>
-            <xm:f>委員会一覧!$A$2:$A$59</xm:f>
+            <xm:f>委員会一覧!$A$2:$A$60</xm:f>
           </x14:formula1>
           <xm:sqref>C5:C24</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A2:O24"/>
   <sheetViews>
     <sheetView zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.88671875" style="9" customWidth="1"/>
     <col min="2" max="2" width="11.21875" style="9" customWidth="1"/>
     <col min="3" max="3" width="14.44140625" style="9" customWidth="1"/>
     <col min="4" max="4" width="32.33203125" style="9" customWidth="1"/>
     <col min="5" max="5" width="11.21875" style="9" customWidth="1"/>
     <col min="6" max="7" width="11.88671875" style="9" customWidth="1"/>
     <col min="8" max="9" width="14.44140625" style="9" customWidth="1"/>
     <col min="10" max="10" width="31.44140625" style="9" customWidth="1"/>
     <col min="11" max="11" width="15.109375" style="9" customWidth="1"/>
     <col min="12" max="12" width="28.6640625" style="9" customWidth="1"/>
     <col min="13" max="13" width="20.21875" style="9" customWidth="1"/>
     <col min="14" max="14" width="13.88671875" style="9" customWidth="1"/>
     <col min="15" max="15" width="46.88671875" style="9" customWidth="1"/>
     <col min="16" max="16384" width="8.88671875" style="9"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:15" ht="21.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="C2" s="17" t="s">
+      <c r="C2" s="19" t="s">
         <v>72</v>
       </c>
-      <c r="D2" s="17"/>
-      <c r="E2" s="17"/>
+      <c r="D2" s="19"/>
+      <c r="E2" s="19"/>
       <c r="G2" s="14" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="4" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="15"/>
       <c r="C4" s="15" t="s">
         <v>0</v>
       </c>
       <c r="D4" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E4" s="15" t="s">
         <v>1</v>
       </c>
       <c r="F4" s="15" t="s">
         <v>2</v>
       </c>
       <c r="G4" s="15" t="s">
         <v>3</v>
       </c>
       <c r="H4" s="15" t="s">
         <v>4</v>
       </c>
       <c r="I4" s="15" t="s">
@@ -3476,403 +3485,403 @@
       <c r="I7" s="2"/>
       <c r="J7" s="2" t="s">
         <v>58</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>62</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>70</v>
       </c>
       <c r="M7" s="2"/>
       <c r="N7" s="2" t="s">
         <v>71</v>
       </c>
       <c r="O7" s="2" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="16">
         <v>4</v>
       </c>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2" t="e">
-        <f>VLOOKUP(C8,委員会一覧!A6:B62,2,FALSE)</f>
+        <f>VLOOKUP(C8,委員会一覧!A6:B63,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
       <c r="K8" s="2"/>
       <c r="L8" s="2"/>
       <c r="M8" s="2"/>
       <c r="N8" s="2"/>
       <c r="O8" s="2"/>
     </row>
     <row r="9" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="16">
         <v>5</v>
       </c>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2" t="e">
-        <f>VLOOKUP(C9,委員会一覧!A7:B63,2,FALSE)</f>
+        <f>VLOOKUP(C9,委員会一覧!A7:B64,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
       <c r="J9" s="2"/>
       <c r="K9" s="2"/>
       <c r="L9" s="2"/>
       <c r="M9" s="2"/>
       <c r="N9" s="2"/>
       <c r="O9" s="2"/>
     </row>
     <row r="10" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="16">
         <v>6</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2" t="e">
-        <f>VLOOKUP(C10,委員会一覧!A8:B64,2,FALSE)</f>
+        <f>VLOOKUP(C10,委員会一覧!A8:B65,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
     </row>
     <row r="11" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="16">
         <v>7</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2" t="e">
-        <f>VLOOKUP(C11,委員会一覧!A9:B65,2,FALSE)</f>
+        <f>VLOOKUP(C11,委員会一覧!A9:B66,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
       <c r="J11" s="2"/>
       <c r="K11" s="2"/>
       <c r="L11" s="2"/>
       <c r="M11" s="2"/>
       <c r="N11" s="2"/>
       <c r="O11" s="2"/>
     </row>
     <row r="12" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="16">
         <v>8</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2" t="e">
-        <f>VLOOKUP(C12,委員会一覧!A10:B66,2,FALSE)</f>
+        <f>VLOOKUP(C12,委員会一覧!A10:B67,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
       <c r="J12" s="2"/>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
       <c r="M12" s="2"/>
       <c r="N12" s="2"/>
       <c r="O12" s="2"/>
     </row>
     <row r="13" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="16">
         <v>9</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2" t="e">
-        <f>VLOOKUP(C13,委員会一覧!A11:B67,2,FALSE)</f>
+        <f>VLOOKUP(C13,委員会一覧!A11:B68,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
       <c r="J13" s="2"/>
       <c r="K13" s="2"/>
       <c r="L13" s="2"/>
       <c r="M13" s="2"/>
       <c r="N13" s="2"/>
       <c r="O13" s="2"/>
     </row>
     <row r="14" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="16">
         <v>10</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2" t="e">
-        <f>VLOOKUP(C14,委員会一覧!A12:B68,2,FALSE)</f>
+        <f>VLOOKUP(C14,委員会一覧!A12:B69,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
     </row>
     <row r="15" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="16">
         <v>11</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2" t="e">
-        <f>VLOOKUP(C15,委員会一覧!A13:B69,2,FALSE)</f>
+        <f>VLOOKUP(C15,委員会一覧!A13:B70,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
       <c r="J15" s="2"/>
       <c r="K15" s="2"/>
       <c r="L15" s="2"/>
       <c r="M15" s="2"/>
       <c r="N15" s="2"/>
       <c r="O15" s="2"/>
     </row>
     <row r="16" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="16">
         <v>12</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2" t="e">
-        <f>VLOOKUP(C16,委員会一覧!A13:B70,2,FALSE)</f>
+        <f>VLOOKUP(C16,委員会一覧!A13:B71,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
     </row>
     <row r="17" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="16">
         <v>13</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2" t="e">
-        <f>VLOOKUP(C17,委員会一覧!A14:B71,2,FALSE)</f>
+        <f>VLOOKUP(C17,委員会一覧!A14:B72,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
       <c r="J17" s="2"/>
       <c r="K17" s="2"/>
       <c r="L17" s="2"/>
       <c r="M17" s="2"/>
       <c r="N17" s="2"/>
       <c r="O17" s="2"/>
     </row>
     <row r="18" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="16">
         <v>14</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2" t="e">
-        <f>VLOOKUP(C18,委員会一覧!A14:B72,2,FALSE)</f>
+        <f>VLOOKUP(C18,委員会一覧!A14:B73,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
       <c r="I18" s="2"/>
       <c r="J18" s="2"/>
       <c r="K18" s="2"/>
       <c r="L18" s="2"/>
       <c r="M18" s="2"/>
       <c r="N18" s="2"/>
       <c r="O18" s="2"/>
     </row>
     <row r="19" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="16">
         <v>15</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2" t="e">
-        <f>VLOOKUP(C19,委員会一覧!A14:B73,2,FALSE)</f>
+        <f>VLOOKUP(C19,委員会一覧!A14:B74,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
       <c r="I19" s="2"/>
       <c r="J19" s="2"/>
       <c r="K19" s="2"/>
       <c r="L19" s="2"/>
       <c r="M19" s="2"/>
       <c r="N19" s="2"/>
       <c r="O19" s="2"/>
     </row>
     <row r="20" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="16">
         <v>16</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2" t="e">
-        <f>VLOOKUP(C20,委員会一覧!A15:B74,2,FALSE)</f>
+        <f>VLOOKUP(C20,委員会一覧!A15:B75,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
     </row>
     <row r="21" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="16">
         <v>17</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2" t="e">
-        <f>VLOOKUP(C21,委員会一覧!A16:B75,2,FALSE)</f>
+        <f>VLOOKUP(C21,委員会一覧!A16:B76,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
       <c r="K21" s="2"/>
       <c r="L21" s="2"/>
       <c r="M21" s="2"/>
       <c r="N21" s="2"/>
       <c r="O21" s="2"/>
     </row>
     <row r="22" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="16">
         <v>18</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2" t="e">
-        <f>VLOOKUP(C22,委員会一覧!A16:B76,2,FALSE)</f>
+        <f>VLOOKUP(C22,委員会一覧!A16:B77,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
       <c r="I22" s="2"/>
       <c r="J22" s="2"/>
       <c r="K22" s="2"/>
       <c r="L22" s="2"/>
       <c r="M22" s="2"/>
       <c r="N22" s="2"/>
       <c r="O22" s="2"/>
     </row>
     <row r="23" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="16">
         <v>19</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2" t="e">
-        <f>VLOOKUP(C23,委員会一覧!A16:B77,2,FALSE)</f>
+        <f>VLOOKUP(C23,委員会一覧!A16:B78,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
       <c r="J23" s="2"/>
       <c r="K23" s="2"/>
       <c r="L23" s="2"/>
       <c r="M23" s="2"/>
       <c r="N23" s="2"/>
       <c r="O23" s="2"/>
     </row>
     <row r="24" spans="1:15" ht="35.4" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="16">
         <v>20</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2" t="e">
-        <f>VLOOKUP(C24,委員会一覧!A16:B78,2,FALSE)</f>
+        <f>VLOOKUP(C24,委員会一覧!A16:B79,2,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
       <c r="J24" s="2"/>
       <c r="K24" s="2"/>
       <c r="L24" s="2"/>
       <c r="M24" s="2"/>
       <c r="N24" s="2"/>
       <c r="O24" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <conditionalFormatting sqref="B8:C8 E8:O8">
     <cfRule type="expression" dxfId="62" priority="9">
       <formula>OR($B$8="登録")</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:C8 F8:G8">
@@ -4135,89 +4144,89 @@
       <formula>OR($B$9="登録")</formula>
     </cfRule>
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>OR($B$9="削除")</formula>
     </cfRule>
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>OR($B$9="所属等変更")</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E5:E24" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"委員,委員長,副委員長,リーダ,サブリーダ"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B5:B24" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>"登録,削除,所属等変更"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000002000000}">
           <x14:formula1>
-            <xm:f>委員会一覧!$A$2:$A$59</xm:f>
+            <xm:f>委員会一覧!$A$2:$A$60</xm:f>
           </x14:formula1>
           <xm:sqref>C5:C24</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:B59"/>
+  <dimension ref="A1:B60"/>
   <sheetViews>
-    <sheetView topLeftCell="A27" workbookViewId="0">
-      <selection activeCell="B44" sqref="B44"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B63" sqref="B63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.44140625" style="12" customWidth="1"/>
     <col min="2" max="2" width="77.88671875" style="9" bestFit="1" customWidth="1"/>
     <col min="3" max="16384" width="8.88671875" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A1" s="7" t="s">
         <v>64</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="10">
         <v>1100</v>
       </c>
       <c r="B2" s="11" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="10">
         <v>1104</v>
       </c>
       <c r="B3" s="11" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="10">
         <v>1106</v>
       </c>
       <c r="B4" s="11" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="10">
         <v>1108</v>
       </c>
       <c r="B5" s="11" t="s">
         <v>75</v>
       </c>
@@ -4381,335 +4390,328 @@
       <c r="B25" s="11" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A26" s="10">
         <v>2500</v>
       </c>
       <c r="B26" s="11" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A27" s="10">
         <v>2502</v>
       </c>
       <c r="B27" s="11" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A28" s="10">
         <v>2505</v>
       </c>
       <c r="B28" s="11" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A29" s="10">
         <v>2506</v>
       </c>
       <c r="B29" s="11" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A30" s="10">
         <v>2507</v>
       </c>
       <c r="B30" s="11" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A31" s="10">
         <v>2508</v>
       </c>
       <c r="B31" s="11" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A32" s="10">
         <v>2700</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A33" s="10">
         <v>2800</v>
       </c>
       <c r="B33" s="11" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A34" s="10">
         <v>2801</v>
       </c>
       <c r="B34" s="11" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A35" s="10">
         <v>2900</v>
       </c>
       <c r="B35" s="11" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A36" s="10">
         <v>3300</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A37" s="10">
         <v>3302</v>
       </c>
       <c r="B37" s="11" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A38" s="10">
         <v>3304</v>
       </c>
       <c r="B38" s="11" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A39" s="10">
         <v>3600</v>
       </c>
       <c r="B39" s="11" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A40" s="10">
         <v>3603</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A41" s="10">
         <v>3604</v>
       </c>
       <c r="B41" s="11" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A42" s="18">
+      <c r="A42" s="17">
         <v>6100</v>
       </c>
-      <c r="B42" s="19" t="s">
+      <c r="B42" s="18" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="43" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A43" s="17">
+        <v>6101</v>
+      </c>
+      <c r="B43" s="18" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A44" s="17">
+        <v>6102</v>
+      </c>
+      <c r="B44" s="18" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="45" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A45" s="17">
+        <v>6103</v>
+      </c>
+      <c r="B45" s="18" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A46" s="17">
+        <v>6104</v>
+      </c>
+      <c r="B46" s="18" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="43" spans="1:2" x14ac:dyDescent="0.2">
-[...30 lines deleted...]
-    </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A47" s="18">
+      <c r="A47" s="17">
         <v>7100</v>
       </c>
-      <c r="B47" s="19" t="s">
-        <v>95</v>
+      <c r="B47" s="18" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A48" s="10">
         <v>9000</v>
       </c>
       <c r="B48" s="11" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A49" s="10">
         <v>9020</v>
       </c>
       <c r="B49" s="11" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A50" s="10">
         <v>9070</v>
       </c>
       <c r="B50" s="11" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A51" s="10" t="s">
         <v>30</v>
       </c>
       <c r="B51" s="11" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A52" s="10" t="s">
         <v>32</v>
       </c>
       <c r="B52" s="11" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A53" s="10" t="s">
         <v>34</v>
       </c>
       <c r="B53" s="11" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A54" s="10" t="s">
-        <v>35</v>
+        <v>107</v>
       </c>
       <c r="B54" s="11" t="s">
-        <v>36</v>
+        <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A55" s="10" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B55" s="11" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A56" s="10" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B56" s="11" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A57" s="10" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B57" s="11" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A58" s="10" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B58" s="11" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A59" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B59" s="11" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="60" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A60" s="10" t="s">
         <v>45</v>
       </c>
-      <c r="B59" s="11" t="s">
+      <c r="B60" s="11" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="ドキュメント" ma:contentTypeID="0x01010095AE09AC270D884C86A88881CD654E0A" ma:contentTypeVersion="0" ma:contentTypeDescription="新しいドキュメントを作成します。" ma:contentTypeScope="" ma:versionID="a8642205f9de399a958c73381e5a2f67">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3e407d4dd0b541478ce43cb79959687e">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="コンテンツ タイプ"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="タイトル"/>
@@ -4779,85 +4781,100 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F0B5B3A-6759-467A-A46F-712E22EF41C8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC5E8520-94B5-4FE5-BD8D-EC09E8BDCDDE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA779930-AB1C-4E84-A12D-49E909326753}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>登録申請様式</vt:lpstr>
       <vt:lpstr>記入要領</vt:lpstr>
       <vt:lpstr>委員会一覧</vt:lpstr>
     </vt:vector>